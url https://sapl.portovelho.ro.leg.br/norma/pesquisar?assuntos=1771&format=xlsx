--- v0 (2025-10-06)
+++ v1 (2026-01-06)
@@ -10,73 +10,95 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="80">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>28663</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1043</t>
+  </si>
+  <si>
+    <t>LC</t>
+  </si>
+  <si>
+    <t>Lei Complementar</t>
+  </si>
+  <si>
+    <t>https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2025/28663/lei_comp._no_1.043_de_09.12._2025_sancionada_expresa.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o cômputo, para fins de direitos e vantagens funcionais, do tempo de serviço_x000D_
+prestado pelos servidores públicos da Administração Direta e Indireta da Prefeitura Municipal de Porto Velho, durante o estado de calamidade pública decorrente da pandemia da Covid-19.</t>
+  </si>
+  <si>
     <t>23675</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>18.753</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2023/23675/decreto_no_18.753-2023.pdf</t>
   </si>
   <si>
     <t>Revoga o Decreto n° 16.612, de 23 de março de 2020, que “Declara Estado de Calamidade Pública em todo o território do Município de Porto Velho, para fins de prevenção e enfrentamento à pandemia causada pelo novo Coronavírus – Covid-19”.</t>
   </si>
   <si>
     <t>19082</t>
   </si>
   <si>
     <t>2022</t>
@@ -112,56 +134,50 @@
     <t>13907</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>Lei</t>
   </si>
   <si>
     <t>https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/13907/lei_2.871.pdf</t>
   </si>
   <si>
     <t>"Regulamenta os procedimentos a serem seguidos nos serviços de entregas à domicílio (delivery) durante o período de calamidade pública devido ao Coronavírus (COVID-19)."</t>
   </si>
   <si>
     <t>13040</t>
   </si>
   <si>
     <t>847</t>
-  </si>
-[...4 lines deleted...]
-    <t>Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/13040/lei_comp_no_847_de_10.05.2021.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivo da Lei Complementar nº 822/2020, de 06 de agosto de 2020, e dá outras providências".</t>
   </si>
   <si>
     <t>12991</t>
   </si>
   <si>
     <t>17.267</t>
   </si>
   <si>
     <t>https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/12991/decreto_no_17.267-2021_alterar_dec._16.620-20_....pdf</t>
   </si>
   <si>
     <t>Altera dispositivos do Decreto nº 16.620, de 06 de abril de 2020.”</t>
   </si>
   <si>
     <t>8065</t>
   </si>
   <si>
     <t>2020</t>
   </si>
@@ -583,56 +599,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2023/23675/decreto_no_18.753-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2022/19082/decreto_no_18.233-2022_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2022/19045/decreto_no_18.232-2022_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2022/14886/decreto_no_17.885-2022_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/13907/lei_2.871.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/13040/lei_comp_no_847_de_10.05.2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/12991/decreto_no_17.267-2021_alterar_dec._16.620-20_....pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/8065/lei_comp._no_822_de_06.08.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/8084/decreto_no_16.801-2020_credito_lc_173_-_semusa_-_extraordinario.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7713/decreto_no_16.760-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7340/decreto_no_16.699-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7251/decreto_no_16.673-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7097/decreto_no_16.630-2020_ret._dec._16.620-20_declaracao_de_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7091/decreto_no_16.620-2020_declaracao_de_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7086/decreto_no_16.612-2020_declara_estado_de_calamidade_publica_em_todo_o_territorio_do_municipio_de_porto_velho.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2025/28663/lei_comp._no_1.043_de_09.12._2025_sancionada_expresa.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2023/23675/decreto_no_18.753-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2022/19082/decreto_no_18.233-2022_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2022/19045/decreto_no_18.232-2022_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2022/14886/decreto_no_17.885-2022_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/13907/lei_2.871.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/13040/lei_comp_no_847_de_10.05.2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/12991/decreto_no_17.267-2021_alterar_dec._16.620-20_....pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/8065/lei_comp._no_822_de_06.08.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/8084/decreto_no_16.801-2020_credito_lc_173_-_semusa_-_extraordinario.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7713/decreto_no_16.760-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7340/decreto_no_16.699-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7251/decreto_no_16.673-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7097/decreto_no_16.630-2020_ret._dec._16.620-20_declaracao_de_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7091/decreto_no_16.620-2020_declaracao_de_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7086/decreto_no_16.612-2020_declara_estado_de_calamidade_publica_em_todo_o_territorio_do_municipio_de_porto_velho.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G16"/>
+  <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="180.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="253.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -660,378 +676,402 @@
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E4" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G4" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
         <v>22</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="G5" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" t="s">
         <v>25</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="C9" t="s">
         <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="E9" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>45</v>
       </c>
       <c r="G9" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>47</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C12" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E12" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G12" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E13" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B14" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D14" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E14" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G14" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D15" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E15" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D16" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E16" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G16" t="s">
-        <v>74</v>
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" t="s">
+        <v>76</v>
+      </c>
+      <c r="B17" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" t="s">
+        <v>17</v>
+      </c>
+      <c r="E17" t="s">
+        <v>18</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="G17" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
+    <hyperlink ref="F17" r:id="rId16"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>