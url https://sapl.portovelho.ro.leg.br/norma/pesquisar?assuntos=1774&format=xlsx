--- v0 (2026-01-24)
+++ v1 (2026-03-20)
@@ -48,132 +48,132 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>14728</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>17.824</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
-    <t>https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/14728/decreto_no_17.824-2021_covid_19_-_2.207.88763_-_anulacao_-_oficio_n_6615.pdf</t>
+    <t>http://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/14728/decreto_no_17.824-2021_covid_19_-_2.207.88763_-_anulacao_-_oficio_n_6615.pdf</t>
   </si>
   <si>
     <t>Abre no Orçamento do Município de Porto Velho para o exercício 2021, Crédito Adicional Extraordinário em favor da Secretaria Municipal de Saúde – SEMUSA, para fins de prevenção e enfrentamento à pandemia causada pelo novo Coronavírus – COVID-19.</t>
   </si>
   <si>
     <t>14682</t>
   </si>
   <si>
     <t>17.816</t>
   </si>
   <si>
-    <t>https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/14682/decreto_no_17.816-2021_comp._vacina_-_predio_publico.pdf</t>
+    <t>http://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/14682/decreto_no_17.816-2021_comp._vacina_-_predio_publico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de comprovação de vacinação contra a Covid-19 para ingresso nas repartições públicas no âmbito da Prefeitura Municipal de Porto Velho – Rondônia.</t>
   </si>
   <si>
     <t>14077</t>
   </si>
   <si>
     <t>17.710</t>
   </si>
   <si>
-    <t>https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/14077/decreto_no_17.710-2021_flexibilizacao_do_uso_de_mascara_-_covid-19_-_versao_2.pdf</t>
+    <t>http://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/14077/decreto_no_17.710-2021_flexibilizacao_do_uso_de_mascara_-_covid-19_-_versao_2.pdf</t>
   </si>
   <si>
     <t>Estabelece orientações sobre a flexibilização do uso de máscara no âmbito do Município de Porto Velho – Rondônia.</t>
   </si>
   <si>
     <t>13694</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>Lei</t>
   </si>
   <si>
-    <t>https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/13694/lei_no_2.858_de_17.09.2021.pdf</t>
+    <t>http://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/13694/lei_no_2.858_de_17.09.2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade das instituições financeiras, bancos, cooperativas de crédito e outras empresas, a disponibilizarem dispenser de álcool gel antisséptico em locais que tenham caixas eletrônicos, e dá outras providências".</t>
   </si>
   <si>
     <t>13114</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
-    <t>https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/13114/lei_no_2.812_de_14.05.2021.pdf</t>
+    <t>http://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/13114/lei_no_2.812_de_14.05.2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal de Porto Velho a criar o disk denúncias de fura-filas da ordem prioridades da campanha de vacinação e imunização do Covid-19 e demais doenças infecciosas."</t>
   </si>
   <si>
     <t>7341</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>16.700</t>
   </si>
   <si>
-    <t>https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7341/decreto_no_16.700-2020.pdf</t>
+    <t>http://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7341/decreto_no_16.700-2020.pdf</t>
   </si>
   <si>
     <t>“Disciplina a atuação do Fiscal Municipal de Posturas no atendimento as fiscalizações de atividades, empreendimentos e estabelecimentos comerciais para fins de prevenção e enfrentamento à pandemia causada pelo novo Coronavírus - COVID-19”.</t>
   </si>
   <si>
     <t>7089</t>
   </si>
   <si>
     <t>16.618</t>
   </si>
   <si>
-    <t>https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7089/decreto_no_16.618-2020_prorrogacao_-_ipam.pdf</t>
+    <t>http://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7089/decreto_no_16.618-2020_prorrogacao_-_ipam.pdf</t>
   </si>
   <si>
     <t>Prorroga a vigência do mandato eletivo dos membros do Conselho Municipal de Previdência e Coordenadoria de Previdência do RPPS/IPAM, nos termos do art. 32, § 8º da Lei Complementar nº 404/10, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -480,67 +480,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/14728/decreto_no_17.824-2021_covid_19_-_2.207.88763_-_anulacao_-_oficio_n_6615.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/14682/decreto_no_17.816-2021_comp._vacina_-_predio_publico.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/14077/decreto_no_17.710-2021_flexibilizacao_do_uso_de_mascara_-_covid-19_-_versao_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/13694/lei_no_2.858_de_17.09.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/13114/lei_no_2.812_de_14.05.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7341/decreto_no_16.700-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7089/decreto_no_16.618-2020_prorrogacao_-_ipam.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/14728/decreto_no_17.824-2021_covid_19_-_2.207.88763_-_anulacao_-_oficio_n_6615.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/14682/decreto_no_17.816-2021_comp._vacina_-_predio_publico.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/14077/decreto_no_17.710-2021_flexibilizacao_do_uso_de_mascara_-_covid-19_-_versao_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/13694/lei_no_2.858_de_17.09.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2021/13114/lei_no_2.812_de_14.05.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7341/decreto_no_16.700-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portovelho.ro.leg.br/media/sapl/public/normajuridica/2020/7089/decreto_no_16.618-2020_prorrogacao_-_ipam.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="149.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="148.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="227.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>